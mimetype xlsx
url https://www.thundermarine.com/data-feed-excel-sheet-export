--- v0 (2025-10-14)
+++ v1 (2025-12-04)
@@ -8,51 +8,51 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Inventory" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="792" uniqueCount="534">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="712" uniqueCount="482">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Sale Price</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Availability</t>
   </si>
   <si>
     <t>Product URL</t>
   </si>
   <si>
     <t>Image URL</t>
   </si>
   <si>
@@ -88,68 +88,50 @@
   <si>
     <t>https://www.thundermarine.com/new-boats-for-sale-detail/2025-regulator-35cc682388b7d39f2bec9e0c8180</t>
   </si>
   <si>
     <t>https://cdn.yachtbroker.org/images/highdef/2834466_fff37782_52.jpg</t>
   </si>
   <si>
     <t>6823658c9d0d3892cb012440</t>
   </si>
   <si>
     <t xml:space="preserve">2016 Tidewater </t>
   </si>
   <si>
     <t>118200.00 USD</t>
   </si>
   <si>
     <t>2016 28CC TidewaterNoteable Features:Yamaha 250s (Great Compression) Twin Simrad GPSAuto PilotTrolling Motor w/ Lithium Battery Newer Trailer (2023)RadarAudio</t>
   </si>
   <si>
     <t>https://www.thundermarine.com/used-pre-owned-boats-for-sale-detail/2016-tidewater-6823658c9d0d3892cb012440</t>
   </si>
   <si>
     <t>https://cdn.yachtbroker.org/images/highdef/2834431_ada19cea_1.jpg</t>
   </si>
   <si>
-    <t>681d1b66444d1a53ce051e45</t>
-[...16 lines deleted...]
-  <si>
     <t>681667c6dbe47b50e80dbb57</t>
   </si>
   <si>
     <t>2025 Monterey Elite 27</t>
   </si>
   <si>
     <t>0.00 USD</t>
   </si>
   <si>
     <t>ELITE 27 OBThe Monterey Elite 27 combines exceptional design with outstanding performance to deliver an unparalleled boating experience. Featuring sleek lines, premium materials, and state-of-the-art technology, this boat offers a spacious and comfortable layout ideal for both relaxation and adventure. With powerful engines and advanced navigation systems, the Elite 27 ensures a smooth, responsive ride. Elevate your time on the water with the refined luxury and superior craftsmanship of the Monterey Elite 27.</t>
   </si>
   <si>
     <t>https://www.thundermarine.com/new-boats-for-sale-detail/2025-monterey-elite-27681667c6dbe47b50e80dbb57</t>
   </si>
   <si>
     <t>https://cdn.yachtbroker.org/images/highdef/2833766_4152d0ae_8.jpg</t>
   </si>
   <si>
     <t>6812491760f44b29070e01e5</t>
   </si>
   <si>
     <t>2025 Sportsman 232 Open</t>
   </si>
   <si>
     <t>118415.00 USD</t>
@@ -196,395 +178,317 @@
   <si>
     <t>https://www.thundermarine.com/used-pre-owned-boats-for-sale-detail/2021-sportsman-227-masters68123b060d3394dccf03a98e</t>
   </si>
   <si>
     <t>https://cdn.yachtbroker.org/images/highdef/2833460_c602c7e8_1.jpg</t>
   </si>
   <si>
     <t>68093fcd3e83f130a0012df6</t>
   </si>
   <si>
     <t xml:space="preserve">2017 Monterey </t>
   </si>
   <si>
     <t>78500.00 USD</t>
   </si>
   <si>
     <t xml:space="preserve">Sleek, refined, luxurious, and powerful are just a few words that will come to mind when you first step on the M-65. But what you can't see is what really makes the M-65 so special. Spacious seating arrangements, special dedicated storage options, and powerful engineering make it easy to spend long, unforgettable days aboard the M-65.﻿</t>
   </si>
   <si>
     <t>https://www.thundermarine.com/used-pre-owned-boats-for-sale-detail/2017-monterey-68093fcd3e83f130a0012df6</t>
   </si>
   <si>
     <t>https://cdn.yachtbroker.org/images/highdef/2833048_3c28a15a_1.jpg</t>
   </si>
   <si>
-    <t>68069ccd8e15923eba008e24</t>
-[...2 lines deleted...]
-    <t>2025 Jeanneau NC 1095 FLY Weekender</t>
+    <t>6806729e5df01fd2f20db476</t>
+  </si>
+  <si>
+    <t>2023 Sportsman 231 Heritage</t>
+  </si>
+  <si>
+    <t>87745.00 USD</t>
+  </si>
+  <si>
+    <t>2023 Sportsman 231 HeritageEquipped options:Harbor Haze Hull ColorTwin Garmin's ScreensPower Pole Sea Keeper RideJL AudioEngine Hours are: 86Call for more information.The 23-foot center console class has long been the benchmark of versatility, capability and performance. The Heritage 231 defines that benchmark.The Heritage 231 is in a class of its own, with a family-focused design that revolves around fun on the water. Whether you prefer being on, in, or around the water, this boat has everything you need. Its water-centric views in sandbar mode will fully immerse your family in the moment, creating lasting memories on the water. Additionally, when you explore the boat's features, you'll be impressed by how thorough the designers were in considering every detail.</t>
+  </si>
+  <si>
+    <t>https://www.thundermarine.com/used-pre-owned-boats-for-sale-detail/2023-sportsman-231-heritage6806729e5df01fd2f20db476</t>
+  </si>
+  <si>
+    <t>https://cdn.yachtbroker.org/images/highdef/2832843_d22a1dcc_1.jpg</t>
+  </si>
+  <si>
+    <t>67ffd415b4a6fc9e720a8c53</t>
+  </si>
+  <si>
+    <t>2020 NauticStar 211 Hybrid</t>
+  </si>
+  <si>
+    <t>49000.00 USD</t>
+  </si>
+  <si>
+    <t>2020 Nauticstar 211 Hybridpowered by a reliable Yamaha 150HP Four-Stroke with only 84 hours! This versatile bay boat blends offshore capability with inshore agility, making it perfect for fishing, cruising, or family fun. Equipped with forward and aft casting decks, plenty of storage, and a comfortable layout, the 211 Hybrid offers the perfect balance of performance and comfort. Don’t miss your chance to own a clean, low-hour center console that’s built for adventure!For any inquiries, contact Thunder Marine (727)381-4444</t>
+  </si>
+  <si>
+    <t>https://www.thundermarine.com/used-pre-owned-boats-for-sale-detail/2020-nauticstar-211-hybrid67ffd415b4a6fc9e720a8c53</t>
+  </si>
+  <si>
+    <t>https://cdn.yachtbroker.org/images/highdef/2832651_93bc60e9_1.jpg</t>
+  </si>
+  <si>
+    <t>67ec29b514f873a7c60bcf25</t>
+  </si>
+  <si>
+    <t>2021 Sportsman 231 HERITAGE</t>
+  </si>
+  <si>
+    <t>87950.00 USD</t>
+  </si>
+  <si>
+    <t>2021 Sportsman 231 Heritage with Yamaha power and Garmin ElectronicsSportLink® Electronics Integration SystemCompassDual Battery Configuration w/ Switch &amp; TraysFiberglass Hard-Top w/ Integrated D-Tubing FrameGarmin Apollo™ RA670 Premium Stereo w/ SportTuunGarmin GPSMAP® 1243xsv MFD 12" w/ Bluechart G3Garmin GT12M 350w CHIRP Bronze Thru-Hull TransducerGarmin VHF 115 Radio w/ AntennaHornHydraulic Tilt SteeringIntegrated Hard-Top Navigation Lights (Lumitec)Integrated Tempered Glass Windshield w/ VentInterior LED Lighting PackageJL Audio M3-650X Gloss White Sport Grille SpeakersLockable Console StorageMaretron MPower® Digital Switching w/ KeypadMatching Hard-Top Underside ColorScanstrut ROKK Wireless Phone Chargers (2)Seakeeper Ride VACSStern Anchor Storage Box w/ Anchor &amp; LineUSB/USB-C Audio Plug In-Dash &amp; 12V Receptacle</t>
+  </si>
+  <si>
+    <t>https://www.thundermarine.com/used-pre-owned-boats-for-sale-detail/2021-sportsman-231-heritage67ec29b514f873a7c60bcf25</t>
+  </si>
+  <si>
+    <t>https://cdn.yachtbroker.org/images/highdef/2831524_b51a03ce_1.jpg</t>
+  </si>
+  <si>
+    <t>67e1f216e6130347bc0b9c6f</t>
+  </si>
+  <si>
+    <t>2019 Grady-White 285 Freedom</t>
+  </si>
+  <si>
+    <t>169800.00 USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2019 Grady-White 285 Freedom Equipped W/ Yamaha 300's (247 Hrs)Garmin GPSGarmin VHFFusion RadioBennett Trim TabsWindlassTilt SteeringMarine HeadBow TablePlease Contact Ian Cox at Thunder Marine with any questions </t>
+  </si>
+  <si>
+    <t>https://www.thundermarine.com/used-pre-owned-boats-for-sale-detail/2019-grady-white-285-freedom67e1f216e6130347bc0b9c6f</t>
+  </si>
+  <si>
+    <t>https://cdn.yachtbroker.org/images/highdef/2830938_d9973685_1.jpg</t>
+  </si>
+  <si>
+    <t>67defab527df00d8840924a8</t>
+  </si>
+  <si>
+    <t>2024 Jeanneau NC895 S2</t>
+  </si>
+  <si>
+    <t>298940.00 USD</t>
+  </si>
+  <si>
+    <t>From Scandinavian islands to Miami beaches to archipelagos in the Gulf of Thailand… the NC 895 Series 2 invites you to travel in comfort and with full peace of mind. Offering space, light, and multifunctionality, this powerboat promises moments of pure escape and countless possibilities for family cruising.</t>
+  </si>
+  <si>
+    <t>https://www.thundermarine.com/used-pre-owned-boats-for-sale-detail/2024-jeanneau-nc895-s267defab527df00d8840924a8</t>
+  </si>
+  <si>
+    <t>https://cdn.yachtbroker.org/images/highdef/2830818_cd40d412_1.jpg</t>
+  </si>
+  <si>
+    <t>67cb88aad9bc9b72750b04b5</t>
+  </si>
+  <si>
+    <t>2025 Monterey M-255</t>
+  </si>
+  <si>
+    <t>143467.00 USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The Blue Wave 2600 Makaira is a center console boat introduced in 2022, based on the popular 2800 Makaira. It features a raised deck for comfortable navigation, 360-degree fishability, and ample storage. The 2600 Makaira is designed to be a slightly smaller version of the 2800, offering a similar level of features and performance without sacrificing functionality. Key Features:Raised Deck: Provides comfortable navigation and space for 28-gallon livewells. 360-Degree Fishability: Allows easy movement around the deck while fighting a fish. Bow Seating: Offers easy access to work a fish around the bow. Flip-Up Aft Bench Seat: Provides convenient seating and access to bilge systems. Rod Lockers: Built into the cap for convenient storage. Tempered Glass Windshield: Provides a clear view and protects from the elements. Specifications:Length: 26' 2".Beam: 9' 1".Draft: 16".Deadrise: 18-degree.Weight: 3700 lbs.Max HP: 450.Fuel: 90 gallons.MSRP: $145,000. Performance:The 2600 Makaira offers a solid ride and can be paired with engines like the Suzuki DF350 for good performance and fuel economy, according to a Florida Sportsman review. </t>
+  </si>
+  <si>
+    <t>https://www.thundermarine.com/new-boats-for-sale-detail/2025-monterey-m-25567cb88aad9bc9b72750b04b5</t>
+  </si>
+  <si>
+    <t>https://cdn.yachtbroker.org/images/highdef/2829755_833ecaa6_1.jpg</t>
+  </si>
+  <si>
+    <t>67cb3445612dc7656207b760</t>
+  </si>
+  <si>
+    <t>2022 Blue Wave 2600 Makeira</t>
+  </si>
+  <si>
+    <t>99876.00 USD</t>
+  </si>
+  <si>
+    <t>https://www.thundermarine.com/used-pre-owned-boats-for-sale-detail/2022-blue-wave-2600-makeira67cb3445612dc7656207b760</t>
+  </si>
+  <si>
+    <t>https://cdn.yachtbroker.org/images/highdef/2829740_9c4d5fec_18.jpg</t>
+  </si>
+  <si>
+    <t>67c053d5f979b371260e4484</t>
+  </si>
+  <si>
+    <t>2017 Invincible 36</t>
+  </si>
+  <si>
+    <t>279200.00 USD</t>
+  </si>
+  <si>
+    <t>2017 Invincible 36AutopilotConsole coverEngine coverTriple Axel Trailer2017 36' Invincible with Triple Yamaha 300s - Ultimate Fishing MachineLooking for the perfect combination of performance, reliability, and fishing capability? This 2017 36' Invincible is ready to deliver. Powered by three 300-hp Yamaha motors (2017 models) with only 950 hours, this boat is designed to tackle both offshore and inshore adventures with ease.Whether you're targeting big game fish or cruising to your favorite spot, the Invincible is built to perform. With top-of-the-line electronics, a suite of livewells, and ample storage, you’ll have everything you need for a successful day on the water. This boat has been meticulously maintained and is ready for its next owner</t>
+  </si>
+  <si>
+    <t>https://www.thundermarine.com/used-pre-owned-boats-for-sale-detail/2017-invincible-3667c053d5f979b371260e4484</t>
+  </si>
+  <si>
+    <t>https://cdn.yachtbroker.org/images/highdef/2829177_03a551fb_22.jpg</t>
+  </si>
+  <si>
+    <t>67a64a38e75a90f9d70e0d6a</t>
+  </si>
+  <si>
+    <t>Forward DeckSplit Forward Seating or Wraparound Forward Seating? On the Regulator 35, you have choices, and more flexibility on your forward deck. Standard Split Forward Seating with Walkthrough to Bow gives you more leverage for forward deck fish fighting. Plus, walk up to your Anchor Locker — all while maintaining plenty of seating port, starboard, and on the forward console settee. Optional Flush-Folding Center Seat creates wraparound forward seating — with magnetic cushions throughout for greater ease.Other Forward Deck features include standard Flush-Mounted Electric Table, In-Deck Fishbox, Forward Console Cooler, Port &amp; Starboard Storage, and a beautiful new Raised Bullnose Toe Rail.A single 405-gallon fuel tank sits at the center of the Regulator 35, with dual fills port and starboard. Our engineering team notes that “the design intent of this boat is to have a great offshore range at cruise speed – run out 100 miles, fish for hours (with little to no fuel burn when you opt for E-Hub Lithium Battery System), and then come home with plenty of fuel in the tank.” Just aft of the fuel tank, you’ll find a stacked machine room beneath the Mezzanine Seat – fully illuminated with watertight bulkhead and easy access to breaker panel, fuel and water tanks, battery systems, and optional gyro.THE ULTIMATE SEA CHESTThe Sea Chest used by unmanned U.S. Navy Drone Boats is now standard on the Regulator 35. Whether you’re far offshore or at the sandbar, this Self-Cleaning and Self-Flushing system protects your raw water systems autonomously – and means you’ll never clean a raw water strainer again. Our team tested it across an extended boating season and remarked, “Unprecedented flow - you won’t believe the amount of volume this system can handle!”ALL ABOUT THE AFT DECKOval Pressurized Center Livewell with High-Volume Pump maximizes bait life and creates an ideal transom layout to work the fish. Dual Aft In-Deck Fishboxes (161 qts each) deliver Insulated, Illuminated &amp; Macerated capacity, with refrigerator/freezer option that will keep whatever you need on ice for those offshore runs. E-Series Mezzanine Seat faces the action with new Dual Flip-Down Transom Seats flanking the livewell. Center Bilge Compartment and Starboard Boarding &amp; Dive Door round out a suite of Regulator signature standards.LOCK IN WITH CONFIDENCEGet closer to the fish with slimmed down port and starboard transom with Blue Water Bait Stations beneath the lids. Dual cutting boards with Saltwater Washdown to port and a Custom Bait Tray and Saltwater Sink to starboard give you everything you need for prep, and both sides feature deep molded-in sink wells and large overboard drains.Don’t forget, you have 25 standard rod holders aft - with optional Burnewinn mounts &amp; other extras to customize your experience.POWER UP &amp; RIDETriple Yamaha Offshore 350s and a standard Seakeeper Ride 750 Ride Control System that’s strong enough to stop pitch and roll in its tracks on boats 37-42 feet…because that’s the class this 35 lives in.35-branded grates deliver a clean, custom look that houses our new Self-Bailing Cockpit System featuring Transom-Mounted Stainless Steel Scuppers with Drip-Edge. Because it’s all about the details, after all.</t>
+  </si>
+  <si>
+    <t>https://www.thundermarine.com/new-boats-for-sale-detail/2025-regulator-35cc67a64a38e75a90f9d70e0d6a</t>
+  </si>
+  <si>
+    <t>https://cdn.yachtbroker.org/images/highdef/2828168_1abf73c2_9.jpg</t>
+  </si>
+  <si>
+    <t>67a4f8b840a87ae42e010850</t>
+  </si>
+  <si>
+    <t>2024 Sportsman 352 Open</t>
+  </si>
+  <si>
+    <t>454750.00 USD</t>
+  </si>
+  <si>
+    <t>2024 SPORTSMAN 352 OPENTWO GARMIN 22" GPS WITH WIFIGMR 424 XHD2 OPEN ARAYYAMAHA HELM MASTERJOYSTICKAUTO PILOTAND MORE.....</t>
+  </si>
+  <si>
+    <t>https://www.thundermarine.com/used-pre-owned-boats-for-sale-detail/2024-sportsman-352-open67a4f8b840a87ae42e010850</t>
+  </si>
+  <si>
+    <t>https://cdn.yachtbroker.org/images/highdef/2828073_2f1410e3_2.jpg</t>
+  </si>
+  <si>
+    <t>67a2aa1a40ecbc393905c7fd</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2013 Grady-White </t>
+  </si>
+  <si>
+    <t>65500.00 USD</t>
+  </si>
+  <si>
+    <t>https://www.thundermarine.com/used-pre-owned-boats-for-sale-detail/2013-grady-white-67a2aa1a40ecbc393905c7fd</t>
+  </si>
+  <si>
+    <t>https://cdn.yachtbroker.org/images/highdef/2827959_50e8c8b1_2.jpg</t>
+  </si>
+  <si>
+    <t>67a24250c8c97329c60be012</t>
+  </si>
+  <si>
+    <t>2020 Veranda VR22 RC</t>
+  </si>
+  <si>
+    <t>43860.00 USD</t>
+  </si>
+  <si>
+    <t>2020 Veranda VR22 RC with a Yamaha 175 SHOThis Veranda Tri-toon is ready for your sandbar days. Get the incredible ride and comfort of a pontoon with speed. This Veranda has a top speed of 40 mph and a cruising speed between 25-30 MPH. This boat is freshly detailed and has all the amenities you want to enjoy your time on the water. This Veranda is being offered with a 5" Simrad GPS,Power pole 8' pro series 2 as well as a brand new cover. Call today and set up your appointment to view this boat.</t>
+  </si>
+  <si>
+    <t>https://www.thundermarine.com/used-pre-owned-boats-for-sale-detail/2020-veranda-vr22-rc67a24250c8c97329c60be012</t>
+  </si>
+  <si>
+    <t>https://cdn.yachtbroker.org/images/highdef/2827912_853243db_1.jpg</t>
+  </si>
+  <si>
+    <t>679bbe3907bc10ab1b0afb63</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2025 Sportsman </t>
+  </si>
+  <si>
+    <t>122200.00 USD</t>
+  </si>
+  <si>
+    <t>Length35' 2"Beam11' 2"Max Horsepower1,200HPFuel Tank Capacity355 gal.Approx. Usable Fuel Capacity330 gal.Freshwater Tank Capacity35 gal.Transom Pressurized Aquarium Livewells (x2)30 gal.Transom Center Cooler88 qt.Console Cooler65 qt.In-Deck Fish Boxes234 qt. (x2)Draft (up)24"Deadrise at Transom23°Approx. Dry Weight9,850 lbs.Approx. Bridge Clearance w/ Top10' 2"Yacht CertifiedYes</t>
+  </si>
+  <si>
+    <t>https://www.thundermarine.com/new-boats-for-sale-detail/2025-sportsman-679bbe3907bc10ab1b0afb63</t>
+  </si>
+  <si>
+    <t>https://cdn.yachtbroker.org/images/highdef/2827437_263999f0_1.jpg</t>
+  </si>
+  <si>
+    <t>67991b371683d1864a0dae02</t>
+  </si>
+  <si>
+    <t>2025 Monterey 30 ELITE</t>
+  </si>
+  <si>
+    <t>251974.00 USD</t>
+  </si>
+  <si>
+    <t>The Monterey Elite 30 has made waves as a standout in its class—earning two prestigious industry awards that speak to its innovation, craftsmanship, and performance. Named Boating Magazine’s 2024 Boat of the Year and honored with the Miami International Boat Show Innovation Award, the Elite 30 solidifies Monterey Boats' reputation for pushing the boundaries of design and engineering. As a two-time industry award winner, the Elite 30 represents the pinnacle of what modern boaters demand: luxury, power, and purpose-built versatility.</t>
+  </si>
+  <si>
+    <t>https://www.thundermarine.com/new-boats-for-sale-detail/2025-monterey-30-elite67991b371683d1864a0dae02</t>
+  </si>
+  <si>
+    <t>https://cdn.yachtbroker.org/images/highdef/2827300_8438b235_20.jpg</t>
+  </si>
+  <si>
+    <t>67913238bcdb500f5b0b060a</t>
+  </si>
+  <si>
+    <t>2025 Sportsman 322 Open</t>
+  </si>
+  <si>
+    <t>399750.00 USD</t>
+  </si>
+  <si>
+    <t>An all-inclusive center console in a 32-foot package. Ready for open seas, serious offshore fishing and memorable family times.The Open 322 is an all-inclusive center console in a 32-foot package. It is all-new from bow to stern and designed to blend family comforts and offshore fishing. It includes a full list of standard features with a spacious convertible cockpit design. Ready for open seas, serious offshore fishing and endless family memories.SpecificationsLength32' 2"Beam10' 10"Max Horsepower900HPFuel Tank Capacity330 gal.Approx. Usable Fuel Capacity305 gal.Freshwater Tank Capacity30 gal.Transom Pressurized Aquarium Livewells (x2)30 gal.Console Cooler275 qt.In-Deck Fish Boxes240 qt. (x2)In-Deck Storage Midship Boxes120 qt.Draft (up)24"Deadrise at Transom23°Approx. Dry Weight9,185 lbs.Approx. Bridge Clearance w/ Top10' 5"Approx. Bridge Clearance w/ Second Station Top12' 5"Yacht Certified</t>
+  </si>
+  <si>
+    <t>https://www.thundermarine.com/new-boats-for-sale-detail/2025-sportsman-322-open67913238bcdb500f5b0b060a</t>
+  </si>
+  <si>
+    <t>https://cdn.yachtbroker.org/images/highdef/2827039_bbda267f_0.jpg</t>
+  </si>
+  <si>
+    <t>67913238bcdb500f5b0b0608</t>
+  </si>
+  <si>
+    <t>2025 Jeanneau 895 S2</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.thundermarine.com/new-boats-for-sale-detail/2025-jeanneau-nc-1095-fly-weekender68069ccd8e15923eba008e24</t>
-[...334 lines deleted...]
-  <si>
     <t>From the islands of Scandinavia to the beaches of Miami and archipelagos in the Gulf of Thailand, the NC 895 Series 2 invites you to travel in comfort and with complete peace of mind. This powerboat offers ample space, natural light, and multifunctionality, ensuring moments of relaxation and endless possibilities for family cruising.The NC 895 Series 2 builds on the successful features of the NC Weekender, including modular spaces, safe and easy movement onboard for the entire family, and impressive accommodations for a 26-foot boat. It includes two separate cabins, a spacious head compartment, and the capacity to cruise with up to six people, thanks to the saloon that transforms into a double berth.This latest version boasts a sleek, elongated design inspired by larger, modern models. The contemporary windows in the hull and on the coachroof integrate seamlessly into its powerful and sporty silhouette. The new hull design allows for planing at speeds starting from 20 knots, easily achievable with its twin 250 HP engines, ensuring comfort and maneuverability.The interior living space is designed as a true cocoon with a 360-degree view of the sea. Generous storage space and a contemporary, practical galley create a harmonious environment on board. When the sun is shining, the sliding glass door opens to transition the living space seamlessly to the outdoors. With the NC 895 Series 2, family cruises are enjoyable in any season and on any sea.</t>
   </si>
   <si>
     <t>https://www.thundermarine.com/new-boats-for-sale-detail/2025-jeanneau-895-s267913238bcdb500f5b0b0608</t>
   </si>
   <si>
     <t>https://cdn.yachtbroker.org/images/highdef/2827037_6896301b_7.jpg</t>
   </si>
   <si>
     <t>67913237bcdb500f5b0b0606</t>
   </si>
   <si>
     <t>556740.00 USD</t>
   </si>
   <si>
     <t>The Open 352 redefines luxury and functionality with innovations in every corner.The Open 352 sets new standards for luxury and functionality, featuring innovations throughout the entire boat.At the back, there are two 30-gallon aquarium livewells with tempered glass windows, as well as dual side entry doors, a removable cockpit table, a large center cooler, and a spacious flip-up bench seat. Additionally, it includes a specially designed bilge access compartment with an integrated Seakeeper pod.The leaning post boasts triple captain's chairs, with storage for a table and rear-facing seating. The helm features a sleek blacked-out command center with the option for up to two 22" Garmin displays, VHF, high-quality Garmin Fusion Signature speakers and storage. Inside the console, there is a berth for two adults and a child, a porcelain toilet, sink, and ample storage. At the front of the console, there's a sculpted seat for two with a 65 qt. cooler.Moving to the bow, there is wrap-around seating with an electronically actuated table, under gunwale storage, comfortable deep seating with backrests, and windlass foot controls.</t>
   </si>
   <si>
     <t>https://www.thundermarine.com/new-boats-for-sale-detail/2025-sportsman-352-open67913237bcdb500f5b0b0606</t>
   </si>
   <si>
     <t>https://cdn.yachtbroker.org/images/highdef/2827040_de2b3283_8.jpg</t>
   </si>
   <si>
     <t>6765b0b86ff5ec783c08a2ba</t>
@@ -814,218 +718,188 @@
   <si>
     <t>Redefining the 30 foot center console segment. You haven't seen anything like this before... until now.The Open 302 has been designed from the ground up to be the complete boat package. Bringing you features and amenities never before seen; revolutionizing the segment. Starting with the extensive standard features list, versatile convertible seating, all of the fishing amenities you will need and stunning looks, this model sets the new 30-foot standard.</t>
   </si>
   <si>
     <t>https://www.thundermarine.com/new-boats-for-sale-detail/2025-sportsman-302cc675a27960ef828eee1040e44</t>
   </si>
   <si>
     <t>https://cdn.yachtbroker.org/images/highdef/2825260_e4b0f5b7_13.jpg</t>
   </si>
   <si>
     <t>675a27960ef828eee1040e42</t>
   </si>
   <si>
     <t>336965.00 USD</t>
   </si>
   <si>
     <t>2025 Sportsman 302 openStorm Cloud Hull sideWhite powder coatWhite vinylSundeck table cushionTwo garmin 16" GpsYamaha Helm masterJoy stickAuto PilotOn board battery chargerBoat Is currently shrink-wrapped. Photo's coming soon. Redefining the 30 foot center console segment. You haven't seen anything like this before... until now.The Open 302 has been designed from the ground up to be the complete boat package. Bringing you features and amenities never before seen; revolutionizing the segment. Starting with the extensive standard features list, versatile convertible seating, all of the fishing amenities you will need and stunning looks, this model sets the new 30-foot standard.</t>
   </si>
   <si>
     <t>https://www.thundermarine.com/new-boats-for-sale-detail/2025-sportsman-302cc675a27960ef828eee1040e42</t>
   </si>
   <si>
     <t>https://cdn.yachtbroker.org/images/highdef/2825267_b216b3bd_1.jpg</t>
   </si>
   <si>
-    <t>6759d3357e6f56c7ad03b2da</t>
+    <t>672668b3db46e0eadd078edf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2018 Monterey </t>
+  </si>
+  <si>
+    <t>66700.00 USD</t>
+  </si>
+  <si>
+    <t>https://www.thundermarine.com/used-pre-owned-boats-for-sale-detail/2018-monterey-672668b3db46e0eadd078edf</t>
+  </si>
+  <si>
+    <t>https://cdn.yachtbroker.org/images/highdef/2823545_3fcc6f13_4.jpg</t>
+  </si>
+  <si>
+    <t>67217713fd10a4173c04d936</t>
+  </si>
+  <si>
+    <t>2018 Sea Hunt 30 gamefish</t>
+  </si>
+  <si>
+    <t>159745.00 USD</t>
+  </si>
+  <si>
+    <t>2018 Sea hunt Gamefish 30</t>
+  </si>
+  <si>
+    <t>https://www.thundermarine.com/used-pre-owned-boats-for-sale-detail/2018-sea-hunt-30-gamefish67217713fd10a4173c04d936</t>
+  </si>
+  <si>
+    <t>https://cdn.yachtbroker.org/images/highdef/2823363_b1ddb659_17.jpg</t>
+  </si>
+  <si>
+    <t>671c311354e4d9c9880aaf62</t>
+  </si>
+  <si>
+    <t>2025 Monterey 385ss</t>
+  </si>
+  <si>
+    <t>The 385 Super Sport...Unparalleled performance defines the 385SS but not at the expense of luxury and comfort. Above deck, you’ll find a vast, wide-open layout with a large cockpit and bow seating area as well as masterfully laid out helm station. Below deck, you’ll find a luxuriously appointed cabin awaits you making overnight entertaining and relaxation everything you could ever desire.</t>
+  </si>
+  <si>
+    <t>https://www.thundermarine.com/new-boats-for-sale-detail/2025-monterey-385ss671c311354e4d9c9880aaf62</t>
+  </si>
+  <si>
+    <t>https://cdn.yachtbroker.org/images/highdef/2823185_5b0f4d36.jpg</t>
+  </si>
+  <si>
+    <t>671bdcb2551c6794d6023c45</t>
+  </si>
+  <si>
+    <t>2025 Monterey 30 Elite</t>
+  </si>
+  <si>
+    <t>ELITE 30 OBDiscover the Monterey Elite 30, where luxury meets performance. This extraordinary boat features a sleek, modern design with premium finishes, offering a spacious layout perfect for relaxation and entertainment. Equipped with cutting-edge marine technology and powerful engines, the Elite 30 ensures a smooth, exhilarating ride. Experience the ultimate in comfort, style, and innovation with the Monterey Elite 30.</t>
+  </si>
+  <si>
+    <t>https://www.thundermarine.com/new-boats-for-sale-detail/2025-monterey-30-elite671bdcb2551c6794d6023c45</t>
+  </si>
+  <si>
+    <t>https://cdn.yachtbroker.org/images/highdef/2823154_5b613ba1.jpg</t>
+  </si>
+  <si>
+    <t>67183c93ca076579b50b3fc6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2023 Sportsman </t>
+  </si>
+  <si>
+    <t>359000.00 USD</t>
+  </si>
+  <si>
+    <t>2023 Sportsman 322 OpenExcellent conditionDetails:Explorer Blue Hull &amp; T-top undersideWarranty on motors thru 04/07/30Dual 17" Garmin MFDsGarmin VHF Package with DSCGarmin Fantom solid state open array radarSionix night vision cameraSeaKeeper 2 Gyro StabilizerYamaha EX package with joystick &amp; AutopilotOnboard chargerFactory Gullwing packageElectric flush head with overboard dischargeSundeck cushion for forward tablerear table packageTackle center in Leaning postElectric reel outletsEdson steering wheelAn all-inclusive center console in a 32-foot package. Ready for open seas, serious offshore fishing and memorable family times.The Open 322 is an all-inclusive center console in a 32-foot package. It is all-new from bow to stern and designed to blend family comforts and offshore fishing. It includes a full list of standard features with a spacious convertible cockpit design. Ready for open seas, serious offshore fishing and endless family memories.</t>
+  </si>
+  <si>
+    <t>https://www.thundermarine.com/used-pre-owned-boats-for-sale-detail/2023-sportsman-67183c93ca076579b50b3fc6</t>
+  </si>
+  <si>
+    <t>https://cdn.yachtbroker.org/images/highdef/2822984_4bfe04e6_1.jpg</t>
+  </si>
+  <si>
+    <t>67008195b40a083c63009165</t>
+  </si>
+  <si>
+    <t>2023 Grady-White Fisherman 257</t>
+  </si>
+  <si>
+    <t>207500.00 USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Boat is like new low hrs. stored in high and dry storageDesigned for the avid sport fishing family who also loves coastal recreation, Grady-White, the top center console boat manufacturer, built the Fisherman 257, a 25-foot boat that fits the bill in every way! Three large insulated fish boxes, a 32-gallon livewell, and a full height windshield with integrated T-top complete with spreader lights, outrigger plates, and rod storage for four rods makes this boat ready for action. Topped off with Grady’s unrivaled SeaV²® hull performance, quality, and timeless style, the 257 delivers the ultimate in boating satisfaction.﻿</t>
+  </si>
+  <si>
+    <t>https://www.thundermarine.com/used-pre-owned-boats-for-sale-detail/2023-grady-white-fisherman-25767008195b40a083c63009165</t>
+  </si>
+  <si>
+    <t>https://cdn.yachtbroker.org/images/highdef/2821958_8f2d272a_14.jpg</t>
+  </si>
+  <si>
+    <t>67002d329d51478ede092887</t>
+  </si>
+  <si>
+    <t>187745.00 USD</t>
+  </si>
+  <si>
+    <t>https://www.thundermarine.com/new-boats-for-sale-detail/2025-sportsman-261-heritage67002d329d51478ede092887</t>
+  </si>
+  <si>
+    <t>https://cdn.yachtbroker.org/images/highdef/2822205_69d81dfd.jpg</t>
+  </si>
+  <si>
+    <t>67002d329d51478ede092885</t>
+  </si>
+  <si>
+    <t>2024 Sportsman 267 Masters</t>
+  </si>
+  <si>
+    <t>189975.00 USD</t>
+  </si>
+  <si>
+    <t>A MASTERFUL BLEND OF FAMILY COMFORTS, SANDBAR CONVENIENCES AND FISHING AMENITIES BUILT FOR YOUR BOATING STYLE.The Masters 267 is masterfully crafted to be the ultimate bay boat for family and fishing. It features a traditional large casting deck at the bow, a large transom casting deck and plenty of open deck space in between. The large dual seats at the transom will accommodate 4 people comfortably and the bow transforms into the ultimate lounge area. Two comfortable large seats at the helm covered by a beautiful fiberglass hard-top packed with amenities. You will find lots of storage on this boat from the lockable rod lockers for 10 rods up front to the large console interior. Lastly, for those sandbar days, flip the captain's chairs around to enter Sandbar Mode, a luxurious experience at the beach.</t>
+  </si>
+  <si>
+    <t>https://www.thundermarine.com/new-boats-for-sale-detail/2024-sportsman-267-masters67002d329d51478ede092885</t>
+  </si>
+  <si>
+    <t>https://cdn.yachtbroker.org/images/highdef/2822207_183bc46b_2.jpg</t>
+  </si>
+  <si>
+    <t>67002d329d51478ede092883</t>
   </si>
   <si>
     <t>2025 Sportsman 282 Open</t>
   </si>
   <si>
     <t>274695.00 USD</t>
   </si>
   <si>
-    <t>Designed from the ground up to deliver from every angle.The Open 282 is primed for family fun and comfort for the whole family. Enjoy the versatile dual side entry doors with dual fuel fills, comfortable deep seating throughout and the finely-tuned offshore ride you've come to love from our boats. Just one look at the sleek shear line of this model or the oversized fiberglass hard-top and you'll know you will be ready for whatever lies ahead.SportLink® Electronics Integration System is a state-of-the-art electronics integration system that seamlessly connects all your onboard electronics, making it easier than ever to navigate, monitor and control your vessel. Designed specifically for Sportsman Boats, SportLink® combines cutting-edge technology with user-friendly features to provide an unparalleled boating experience.With SportLink®, you can easily access all your electronics from a single touchscreen display. The system integrates with your chartplotter, sonar, radar and other sensors to provide you with a comprehensive view of your surroundings. Whether you're navigating through rough waters, tracking fish or monitoring the weather, SportLink® makes it easy to stay informed and in control.SportLink® also allows you to control your onboard systems with ease. From lighting and pumps to the stereo and entertainment systems, you can manage everything with just a few taps on the touchscreen display. And with customizable layouts and easy-to-use menus, you can tailor the system to meet your specific needs and preferences.Overall, SportLink® Electronics Integration System is an essential tool for any serious boater. With its advanced features, user-friendly design and seamless integration, it provides everything you need to stay safe, informed and in control on the water.The Garmin chartplotters screens are the perfect navigation tool for any boating enthusiast. With advanced features such as high-resolution mapping, real-time sonar and preloaded charts, these chartplotters are designed to make navigation on the water a breeze.Featuring a user-friendly interface and a bright, sunlight-readable display, the Garmin GPSMap chartplotters offer exceptional visibility and clarity even in the brightest of conditions. The advanced mapping capabilities allow you to easily locate your desired destination and plan your route with ease.Additionally, the GPSMap chartplotters are compatible with a range of Garmin add-ons, including radar, sonar and entertainment systems. This ensures that you have all the tools you need to navigate safely and efficiently on the water.</t>
-[...157 lines deleted...]
-  <si>
     <t>Designed from the ground up to deliver from every angle.The Open 282 is primed for family fun and comfort for the whole family. Enjoy the versatile dual side entry doors with dual fuel fills, comfortable deep seating throughout and the finely-tuned offshore ride you've come to love from our boats. Just one look at the sleek shear line of this model or the oversized fiberglass hard-top and you'll know you will be ready for whatever lies ahead.</t>
   </si>
   <si>
     <t>https://www.thundermarine.com/new-boats-for-sale-detail/2025-sportsman-282-open67002d329d51478ede092883</t>
   </si>
   <si>
     <t>https://cdn.yachtbroker.org/images/highdef/2822200_5da39a7c_1.jpg</t>
   </si>
   <si>
     <t>66f1a61c37f281a7d20c9543</t>
   </si>
   <si>
     <t>2025 Sportsman 212 Open</t>
   </si>
   <si>
     <t>95270.00 USD</t>
   </si>
   <si>
     <t>The do-it-all high-capacity 21 foot designed for the more serious anglers.The Open 212 features a larger capacity livewell and more open cockpit space for the more serious angler. Overall, more room behind the leaning post and a walk-through transom makes this 21 footer a great fishing platform. Standard amenities include a Garmin 12” touchscreen GPS, Garmin CHIRP thru-hull transducer, wrap-around bow seating, bow &amp; cockpit bolsters and much more.Single EngineThis boat's hull was designed to run on a single outboard engine.Hard-Top StandardThe oversized hard-top is standard and includes light, speakers and more.SportLink® EquippedSportLink® is a set of factory-installed electronics standard with every Sportsman Boat.Offshore HullOffshore hull design for a safe, dry, soft and comfortable ride.This model is equipped with A proprietary, first-of-its kind,Vessel Attitude Control System(VACS).Rapid ActuationFull underway controlIntuitiveReliable Key BenefitsPitch &amp; Roll EliminationEliminates up to 70% of underway pitch and roll motions.Coordinated turnAutomatically adjusts the heeling angle of your boat during turns.Auto trimUses a customized Trim Command Curve to automatically adjust the running angle at any speed.List/level controlNever allows vessel list from movement onboard, wind, uneven load, prop torque, etc.Hole shot controlOptimized to allow for faster acceleration, getting the boat on plane more quickly, improving fuel economy.</t>
   </si>
   <si>
     <t>https://www.thundermarine.com/new-boats-for-sale-detail/2025-sportsman-212-open66f1a61c37f281a7d20c9543</t>
   </si>
   <si>
     <t>https://cdn.yachtbroker.org/images/highdef/2820711_82de33d4_0.jpg</t>
@@ -1084,71 +958,56 @@
   <si>
     <t>116315.00 USD</t>
   </si>
   <si>
     <t>A great versatile layout is all you will find on-board this model. Classic fishing boat features blended with modern ride characteristics.Designed to be the ultimate family fishing boat in the 23-foot class, the Open 232 brings you fit, finish and features not seen in this category of boat. The fishing amenities check every box for a day offshore fishing including ample rod storage, Gemlux rod holders, a large, insulated aquarium livewell and more. Then when it’s time for the family to jump on-board you’re greeted with safe comfortable seating, insulated coolers and storage to multiple anchors to make sandbar trips a breeze. And the best part? All of these features are wrapped up in an easy to trailer 23 foot center console that will bring years of memorable trips for you and the family.This model is equipped with Seakeeper Ride</t>
   </si>
   <si>
     <t>https://www.thundermarine.com/new-boats-for-sale-detail/2025-sportsman-232-open66f1a61c37f281a7d20c952f</t>
   </si>
   <si>
     <t>https://cdn.yachtbroker.org/images/highdef/2820741_f725a88b_6.jpg</t>
   </si>
   <si>
     <t>66f1a61c37f281a7d20c9529</t>
   </si>
   <si>
     <t>Designed to be the ultimate family fishing boat in the 23-foot class, the Open 232 brings you fit, finish and features not seen in this category of boat. The fishing amenities check every box for a day offshore fishing including ample rod storage, Gemlux rod holders, a large, insulated aquarium livewell and more. Then when it’s time for the family to jump on-board you’re greeted with safe comfortable seating, insulated coolers and storage to multiple anchors to make sandbar trips a breeze. And the best part? All of these features are wrapped up in an easy to trailer 23 foot center console that will bring years of memorable trips for you and the family.</t>
   </si>
   <si>
     <t>https://www.thundermarine.com/new-boats-for-sale-detail/2025-sportsman-232-open66f1a61c37f281a7d20c9529</t>
   </si>
   <si>
     <t>https://cdn.yachtbroker.org/images/highdef/2820816_b4dd1254.jpg</t>
   </si>
   <si>
-    <t>66f1a61c37f281a7d20c9525</t>
+    <t>66f1a61c37f281a7d20c9523</t>
   </si>
   <si>
     <t>2024 Sportsman 247 Masters</t>
   </si>
   <si>
-    <t>119750.00 USD</t>
-[...13 lines deleted...]
-  <si>
     <t>120960.00 USD</t>
   </si>
   <si>
     <t>SportLink® Electronics Integration SystemCompassDual Battery Configuration w/ Switch &amp; TraysFiberglass Hard-Top w/ Integrated D-Tubing FrameGarmin Apollo™ RA670 Premium Stereo w/ SportTuunGarmin GPSMAP® 1243xsv MFD 12" w/ Bluechart G3Garmin GT12M 350w CHIRP Bronze Thru-Hull TransducerGarmin VHF 115 Radio w/ AntennaHornHydraulic Tilt SteeringIntegrated Hard-Top Navigation Lights (Lumitec)Integrated Tempered Glass Windshield w/ VentInterior LED Lighting PackageJL Audio M3-650X Gloss White Sport Grille SpeakersKing Fish Rod HoldersLockable Console StorageMaretron MPower® Digital Switching w/ KeypadMatching Hard-Top Underside ColorScanstrut ROKK Wireless Phone Chargers (2)Seakeeper Ride VACSTrolling Motor Plug &amp; HarnessUSB/USB-C Audio Plug In-Dash &amp; 12V ReceptacleUnderwater Lights</t>
   </si>
   <si>
     <t>https://www.thundermarine.com/new-boats-for-sale-detail/2024-sportsman-247-masters66f1a61c37f281a7d20c9523</t>
   </si>
   <si>
     <t>https://cdn.yachtbroker.org/images/highdef/2820719_d782811a.jpg</t>
   </si>
   <si>
     <t>66f1a61c37f281a7d20c9519</t>
   </si>
   <si>
     <t>2024 Sportsman 247 OE</t>
   </si>
   <si>
     <t>118935.00 USD</t>
   </si>
   <si>
     <t>https://www.thundermarine.com/new-boats-for-sale-detail/2024-sportsman-247-oe66f1a61c37f281a7d20c9519</t>
   </si>
   <si>
     <t>https://cdn.yachtbroker.org/images/highdef/2820720_dd8c2858_3.jpg</t>
@@ -1232,65 +1091,50 @@
     <t xml:space="preserve">"Introducing a versatile center console designed for adventures. It features a new optional half tower, a single Yamaha 450 engine, multiple casting platforms, built-in coolers, stand-up head compartment, optional forward sun shade, and a removable watersports tow bar. Whether you want to fish or enjoy water activities all day, this boat has you covered.LOA: 26’ 9”Beam: 9’ 3”Height in Head: 64”Bridge Height*: 108” (117.5” w/ Tower)Height from Keel: 115.5” (133.5” w/ Tower)Dry Weight w/ Engine: 7,270 lbs Fuel Capacity: 107 galDeadrise: 17 DegreesDraft: 20.5” Engine UpDraft: 30” Engine Down, Jackplate RaisedCenter Forward Storage: 216 qtsFwd Seat Fishbox/Dry Storage w/ Locking Rod Storage (2): 292 qts eaIn-Deck, Macerated Fishbox: 280 qtsConsole Cooler Seat: 56 qtsHead w/ Holding Tank: 9 galFreshwater Tank: 20 galTackle Center Livewell: 32 galAft Platform Storage (2): 256 qts ea </t>
   </si>
   <si>
     <t>https://www.thundermarine.com/new-boats-for-sale-detail/2025-regulator-26xo66f1a61c37f281a7d20c9503</t>
   </si>
   <si>
     <t>https://cdn.yachtbroker.org/images/highdef/2820764_bcfc44c1_21.jpg</t>
   </si>
   <si>
     <t>66f1a61c37f281a7d20c94fd</t>
   </si>
   <si>
     <t>2024 Monterey 275 SS</t>
   </si>
   <si>
     <t>139875.00 USD</t>
   </si>
   <si>
     <t xml:space="preserve"> *Plus rig freight taxes and fees, sale price includes factory rebate. Good through terms of promotion.Setting a New StandardThe 275SS is a new addition to the Super Sport series that features a spacious layout, a multitude of seating options and a vast amount of dedicated storage space. Experience the pure blend of outboard power at its best coupled with a style that only our Super Sport line can deliver with this perfectly designed new model.</t>
   </si>
   <si>
     <t>https://www.thundermarine.com/new-boats-for-sale-detail/2024-monterey-275-ss66f1a61c37f281a7d20c94fd</t>
   </si>
   <si>
     <t>https://cdn.yachtbroker.org/images/highdef/2820707_48a78037_2.jpg</t>
-  </si>
-[...13 lines deleted...]
-    <t>https://cdn.yachtbroker.org/images/highdef/2821007_dff09bd3_21.jpg</t>
   </si>
   <si>
     <t>66f1a61c37f281a7d20c94f5</t>
   </si>
   <si>
     <t>https://www.thundermarine.com/new-boats-for-sale-detail/2025-regulator-23-cc66f1a61c37f281a7d20c94f5</t>
   </si>
   <si>
     <t>https://cdn.yachtbroker.org/images/highdef/2820645_857652a6_35.jpg</t>
   </si>
   <si>
     <t>66f1a61c37f281a7d20c94eb</t>
   </si>
   <si>
     <t>2024 Monterey M-65</t>
   </si>
   <si>
     <t>127750.00 USD</t>
   </si>
   <si>
     <t xml:space="preserve"> *Plus rig freight taxes and fees, sale price includes factory rebate. Good through terms of promotion.</t>
   </si>
   <si>
     <t>https://www.thundermarine.com/new-boats-for-sale-detail/2024-monterey-m6566f1a61c37f281a7d20c94eb</t>
   </si>
@@ -1990,51 +1834,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:H99"/>
+  <dimension ref="A1:H89"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="25" customWidth="1"/>
     <col min="2" max="2" width="20" customWidth="1"/>
     <col min="3" max="4" width="10" customWidth="1"/>
     <col min="5" max="5" width="50" customWidth="1"/>
     <col min="6" max="6" width="20" customWidth="1"/>
     <col min="7" max="7" width="100" customWidth="1"/>
     <col min="8" max="8" width="50" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -2276,1065 +2120,1065 @@
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
         <v>60</v>
       </c>
       <c r="H10" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
         <v>62</v>
       </c>
       <c r="B11" t="s">
         <v>63</v>
       </c>
       <c r="C11" t="s">
         <v>64</v>
       </c>
       <c r="D11" t="s">
         <v>64</v>
       </c>
       <c r="E11" t="s">
-        <v>11</v>
+        <v>65</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="H11" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B12" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C12" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D12" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E12" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="H12" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B13" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C13" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D13" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E13" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="H13" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B14" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C14" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D14" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E14" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="H14" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B15" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C15" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D15" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E15" t="s">
-        <v>11</v>
+        <v>89</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H15" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="B16" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="C16" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="D16" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="E16" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="H16" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="17" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B17" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C17" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D17" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E17" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="H17" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="18" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B18" t="s">
-        <v>103</v>
+        <v>16</v>
       </c>
       <c r="C18" t="s">
+        <v>28</v>
+      </c>
+      <c r="D18" t="s">
+        <v>28</v>
+      </c>
+      <c r="E18" t="s">
         <v>104</v>
       </c>
-      <c r="D18" t="s">
-[...2 lines deleted...]
-      <c r="E18" t="s">
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
         <v>105</v>
       </c>
-      <c r="F18" t="s">
-[...2 lines deleted...]
-      <c r="G18" t="s">
+      <c r="H18" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="19" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
+        <v>107</v>
+      </c>
+      <c r="B19" t="s">
         <v>108</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
         <v>109</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
+        <v>109</v>
+      </c>
+      <c r="E19" t="s">
         <v>110</v>
       </c>
-      <c r="D19" t="s">
-[...2 lines deleted...]
-      <c r="E19" t="s">
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
         <v>111</v>
       </c>
-      <c r="F19" t="s">
-[...2 lines deleted...]
-      <c r="G19" t="s">
+      <c r="H19" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="20" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
+        <v>113</v>
+      </c>
+      <c r="B20" t="s">
         <v>114</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
         <v>115</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
+        <v>115</v>
+      </c>
+      <c r="E20" t="s">
+        <v>11</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
         <v>116</v>
       </c>
-      <c r="D20" t="s">
-[...2 lines deleted...]
-      <c r="E20" t="s">
+      <c r="H20" t="s">
         <v>117</v>
-      </c>
-[...7 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="21" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
+        <v>118</v>
+      </c>
+      <c r="B21" t="s">
+        <v>119</v>
+      </c>
+      <c r="C21" t="s">
         <v>120</v>
       </c>
-      <c r="B21" t="s">
+      <c r="D21" t="s">
+        <v>120</v>
+      </c>
+      <c r="E21" t="s">
         <v>121</v>
       </c>
-      <c r="C21" t="s">
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
         <v>122</v>
       </c>
-      <c r="D21" t="s">
-[...8 lines deleted...]
-      <c r="G21" t="s">
+      <c r="H21" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="22" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
+        <v>124</v>
+      </c>
+      <c r="B22" t="s">
         <v>125</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
         <v>126</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
+        <v>126</v>
+      </c>
+      <c r="E22" t="s">
         <v>127</v>
       </c>
-      <c r="D22" t="s">
-[...2 lines deleted...]
-      <c r="E22" t="s">
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
         <v>128</v>
       </c>
-      <c r="F22" t="s">
-[...2 lines deleted...]
-      <c r="G22" t="s">
+      <c r="H22" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="23" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
+        <v>130</v>
+      </c>
+      <c r="B23" t="s">
         <v>131</v>
       </c>
-      <c r="B23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" t="s">
-        <v>34</v>
+        <v>132</v>
       </c>
       <c r="D23" t="s">
-        <v>34</v>
+        <v>132</v>
       </c>
       <c r="E23" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="H23" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="24" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B24" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C24" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D24" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="E24" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="H24" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="25" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B25" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C25" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D25" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="E25" t="s">
-        <v>11</v>
+        <v>145</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="H25" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
     </row>
     <row r="26" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="B26" t="s">
-        <v>147</v>
+        <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D26" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E26" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="H26" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="27" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B27" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C27" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D27" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="E27" t="s">
-        <v>11</v>
+        <v>156</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="H27" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
     </row>
     <row r="28" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="B28" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="C28" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="D28" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="E28" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="H28" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
     </row>
     <row r="29" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="B29" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="C29" t="s">
-        <v>165</v>
+        <v>144</v>
       </c>
       <c r="D29" t="s">
-        <v>165</v>
+        <v>144</v>
       </c>
       <c r="E29" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="H29" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="30" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B30" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C30" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D30" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="E30" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="H30" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="31" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B31" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C31" t="s">
-        <v>64</v>
+        <v>144</v>
       </c>
       <c r="D31" t="s">
-        <v>64</v>
+        <v>144</v>
       </c>
       <c r="E31" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="H31" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="32" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B32" t="s">
-        <v>9</v>
+        <v>182</v>
       </c>
       <c r="C32" t="s">
-        <v>181</v>
+        <v>144</v>
       </c>
       <c r="D32" t="s">
-        <v>181</v>
+        <v>144</v>
       </c>
       <c r="E32" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
       <c r="G32" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="H32" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="33" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B33" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C33" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D33" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="E33" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="F33" t="s">
         <v>12</v>
       </c>
       <c r="G33" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="H33" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="34" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A34" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B34" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C34" t="s">
-        <v>193</v>
+        <v>144</v>
       </c>
       <c r="D34" t="s">
-        <v>193</v>
+        <v>144</v>
       </c>
       <c r="E34" t="s">
         <v>194</v>
       </c>
       <c r="F34" t="s">
         <v>12</v>
       </c>
       <c r="G34" t="s">
         <v>195</v>
       </c>
       <c r="H34" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="35" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A35" t="s">
         <v>197</v>
       </c>
       <c r="B35" t="s">
+        <v>171</v>
+      </c>
+      <c r="C35" t="s">
+        <v>144</v>
+      </c>
+      <c r="D35" t="s">
+        <v>144</v>
+      </c>
+      <c r="E35" t="s">
+        <v>173</v>
+      </c>
+      <c r="F35" t="s">
+        <v>12</v>
+      </c>
+      <c r="G35" t="s">
         <v>198</v>
       </c>
-      <c r="C35" t="s">
-[...5 lines deleted...]
-      <c r="E35" t="s">
+      <c r="H35" t="s">
         <v>199</v>
-      </c>
-[...7 lines deleted...]
-        <v>201</v>
       </c>
     </row>
     <row r="36" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A36" t="s">
+        <v>200</v>
+      </c>
+      <c r="B36" t="s">
+        <v>201</v>
+      </c>
+      <c r="C36" t="s">
+        <v>144</v>
+      </c>
+      <c r="D36" t="s">
+        <v>144</v>
+      </c>
+      <c r="E36" t="s">
         <v>202</v>
       </c>
-      <c r="B36" t="s">
+      <c r="F36" t="s">
+        <v>12</v>
+      </c>
+      <c r="G36" t="s">
         <v>203</v>
       </c>
-      <c r="C36" t="s">
+      <c r="H36" t="s">
         <v>204</v>
-      </c>
-[...13 lines deleted...]
-        <v>207</v>
       </c>
     </row>
     <row r="37" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A37" t="s">
+        <v>205</v>
+      </c>
+      <c r="B37" t="s">
+        <v>206</v>
+      </c>
+      <c r="C37" t="s">
+        <v>188</v>
+      </c>
+      <c r="D37" t="s">
+        <v>188</v>
+      </c>
+      <c r="E37" t="s">
+        <v>207</v>
+      </c>
+      <c r="F37" t="s">
+        <v>12</v>
+      </c>
+      <c r="G37" t="s">
         <v>208</v>
       </c>
-      <c r="B37" t="s">
+      <c r="H37" t="s">
         <v>209</v>
-      </c>
-[...16 lines deleted...]
-        <v>212</v>
       </c>
     </row>
     <row r="38" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A38" t="s">
+        <v>210</v>
+      </c>
+      <c r="B38" t="s">
+        <v>211</v>
+      </c>
+      <c r="C38" t="s">
+        <v>212</v>
+      </c>
+      <c r="D38" t="s">
+        <v>212</v>
+      </c>
+      <c r="E38" t="s">
         <v>213</v>
       </c>
-      <c r="B38" t="s">
+      <c r="F38" t="s">
+        <v>12</v>
+      </c>
+      <c r="G38" t="s">
         <v>214</v>
       </c>
-      <c r="C38" t="s">
-[...5 lines deleted...]
-      <c r="E38" t="s">
+      <c r="H38" t="s">
         <v>215</v>
-      </c>
-[...7 lines deleted...]
-        <v>217</v>
       </c>
     </row>
     <row r="39" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A39" t="s">
+        <v>216</v>
+      </c>
+      <c r="B39" t="s">
+        <v>211</v>
+      </c>
+      <c r="C39" t="s">
+        <v>217</v>
+      </c>
+      <c r="D39" t="s">
+        <v>217</v>
+      </c>
+      <c r="E39" t="s">
+        <v>213</v>
+      </c>
+      <c r="F39" t="s">
+        <v>12</v>
+      </c>
+      <c r="G39" t="s">
         <v>218</v>
       </c>
-      <c r="B39" t="s">
+      <c r="H39" t="s">
         <v>219</v>
-      </c>
-[...16 lines deleted...]
-        <v>223</v>
       </c>
     </row>
     <row r="40" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A40" t="s">
+        <v>220</v>
+      </c>
+      <c r="B40" t="s">
+        <v>221</v>
+      </c>
+      <c r="C40" t="s">
+        <v>144</v>
+      </c>
+      <c r="D40" t="s">
+        <v>144</v>
+      </c>
+      <c r="E40" t="s">
+        <v>222</v>
+      </c>
+      <c r="F40" t="s">
+        <v>12</v>
+      </c>
+      <c r="G40" t="s">
+        <v>223</v>
+      </c>
+      <c r="H40" t="s">
         <v>224</v>
-      </c>
-[...19 lines deleted...]
-        <v>228</v>
       </c>
     </row>
     <row r="41" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A41" t="s">
+        <v>225</v>
+      </c>
+      <c r="B41" t="s">
+        <v>226</v>
+      </c>
+      <c r="C41" t="s">
+        <v>227</v>
+      </c>
+      <c r="D41" t="s">
+        <v>227</v>
+      </c>
+      <c r="E41" t="s">
+        <v>228</v>
+      </c>
+      <c r="F41" t="s">
+        <v>12</v>
+      </c>
+      <c r="G41" t="s">
         <v>229</v>
       </c>
-      <c r="B41" t="s">
-[...14 lines deleted...]
-      <c r="G41" t="s">
+      <c r="H41" t="s">
         <v>230</v>
-      </c>
-[...1 lines deleted...]
-        <v>231</v>
       </c>
     </row>
     <row r="42" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A42" t="s">
+        <v>231</v>
+      </c>
+      <c r="B42" t="s">
+        <v>226</v>
+      </c>
+      <c r="C42" t="s">
         <v>232</v>
       </c>
-      <c r="B42" t="s">
+      <c r="D42" t="s">
+        <v>232</v>
+      </c>
+      <c r="E42" t="s">
         <v>233</v>
       </c>
-      <c r="C42" t="s">
-[...5 lines deleted...]
-      <c r="E42" t="s">
+      <c r="F42" t="s">
+        <v>12</v>
+      </c>
+      <c r="G42" t="s">
         <v>234</v>
       </c>
-      <c r="F42" t="s">
-[...2 lines deleted...]
-      <c r="G42" t="s">
+      <c r="H42" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
     </row>
     <row r="43" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A43" t="s">
+        <v>236</v>
+      </c>
+      <c r="B43" t="s">
         <v>237</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C43" t="s">
         <v>238</v>
       </c>
-      <c r="C43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D43" t="s">
-        <v>220</v>
+        <v>238</v>
       </c>
       <c r="E43" t="s">
+        <v>11</v>
+      </c>
+      <c r="F43" t="s">
+        <v>12</v>
+      </c>
+      <c r="G43" t="s">
         <v>239</v>
       </c>
-      <c r="F43" t="s">
-[...2 lines deleted...]
-      <c r="G43" t="s">
+      <c r="H43" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>241</v>
       </c>
     </row>
     <row r="44" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A44" t="s">
+        <v>241</v>
+      </c>
+      <c r="B44" t="s">
         <v>242</v>
       </c>
-      <c r="B44" t="s">
+      <c r="C44" t="s">
         <v>243</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44" t="s">
+        <v>243</v>
+      </c>
+      <c r="E44" t="s">
         <v>244</v>
       </c>
-      <c r="D44" t="s">
-[...2 lines deleted...]
-      <c r="E44" t="s">
+      <c r="F44" t="s">
+        <v>12</v>
+      </c>
+      <c r="G44" t="s">
         <v>245</v>
       </c>
-      <c r="F44" t="s">
-[...2 lines deleted...]
-      <c r="G44" t="s">
+      <c r="H44" t="s">
         <v>246</v>
-      </c>
-[...1 lines deleted...]
-        <v>247</v>
       </c>
     </row>
     <row r="45" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A45" t="s">
+        <v>247</v>
+      </c>
+      <c r="B45" t="s">
         <v>248</v>
       </c>
-      <c r="B45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45" t="s">
+        <v>28</v>
+      </c>
+      <c r="D45" t="s">
+        <v>28</v>
+      </c>
+      <c r="E45" t="s">
         <v>249</v>
-      </c>
-[...4 lines deleted...]
-        <v>245</v>
       </c>
       <c r="F45" t="s">
         <v>12</v>
       </c>
       <c r="G45" t="s">
         <v>250</v>
       </c>
       <c r="H45" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="46" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A46" t="s">
         <v>252</v>
       </c>
       <c r="B46" t="s">
         <v>253</v>
       </c>
       <c r="C46" t="s">
-        <v>64</v>
+        <v>28</v>
       </c>
       <c r="D46" t="s">
-        <v>64</v>
+        <v>28</v>
       </c>
       <c r="E46" t="s">
         <v>254</v>
       </c>
       <c r="F46" t="s">
         <v>12</v>
       </c>
       <c r="G46" t="s">
         <v>255</v>
       </c>
       <c r="H46" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="47" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A47" t="s">
         <v>257</v>
       </c>
       <c r="B47" t="s">
         <v>258</v>
       </c>
       <c r="C47" t="s">
         <v>259</v>
       </c>
       <c r="D47" t="s">
         <v>259</v>
       </c>
       <c r="E47" t="s">
         <v>260</v>
       </c>
       <c r="F47" t="s">
         <v>12</v>
       </c>
       <c r="G47" t="s">
         <v>261</v>
       </c>
       <c r="H47" t="s">
         <v>262</v>
       </c>
     </row>
     <row r="48" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A48" t="s">
         <v>263</v>
       </c>
       <c r="B48" t="s">
-        <v>258</v>
+        <v>264</v>
       </c>
       <c r="C48" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="D48" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="E48" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="F48" t="s">
         <v>12</v>
       </c>
       <c r="G48" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="H48" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
     </row>
     <row r="49" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A49" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="B49" t="s">
-        <v>269</v>
+        <v>211</v>
       </c>
       <c r="C49" t="s">
         <v>270</v>
       </c>
       <c r="D49" t="s">
         <v>270</v>
       </c>
       <c r="E49" t="s">
+        <v>213</v>
+      </c>
+      <c r="F49" t="s">
+        <v>12</v>
+      </c>
+      <c r="G49" t="s">
         <v>271</v>
       </c>
-      <c r="F49" t="s">
-[...2 lines deleted...]
-      <c r="G49" t="s">
+      <c r="H49" t="s">
         <v>272</v>
-      </c>
-[...1 lines deleted...]
-        <v>273</v>
       </c>
     </row>
     <row r="50" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A50" t="s">
+        <v>273</v>
+      </c>
+      <c r="B50" t="s">
         <v>274</v>
       </c>
-      <c r="B50" t="s">
+      <c r="C50" t="s">
         <v>275</v>
       </c>
-      <c r="C50" t="s">
+      <c r="D50" t="s">
+        <v>275</v>
+      </c>
+      <c r="E50" t="s">
         <v>276</v>
-      </c>
-[...4 lines deleted...]
-        <v>11</v>
       </c>
       <c r="F50" t="s">
         <v>12</v>
       </c>
       <c r="G50" t="s">
         <v>277</v>
       </c>
       <c r="H50" t="s">
         <v>278</v>
       </c>
     </row>
     <row r="51" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A51" t="s">
         <v>279</v>
       </c>
       <c r="B51" t="s">
         <v>280</v>
       </c>
       <c r="C51" t="s">
         <v>281</v>
       </c>
       <c r="D51" t="s">
         <v>281</v>
       </c>
       <c r="E51" t="s">
@@ -3359,1265 +3203,1005 @@
       </c>
       <c r="C52" t="s">
         <v>287</v>
       </c>
       <c r="D52" t="s">
         <v>287</v>
       </c>
       <c r="E52" t="s">
         <v>288</v>
       </c>
       <c r="F52" t="s">
         <v>12</v>
       </c>
       <c r="G52" t="s">
         <v>289</v>
       </c>
       <c r="H52" t="s">
         <v>290</v>
       </c>
     </row>
     <row r="53" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A53" t="s">
         <v>291</v>
       </c>
       <c r="B53" t="s">
+        <v>286</v>
+      </c>
+      <c r="C53" t="s">
         <v>292</v>
       </c>
-      <c r="C53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D53" t="s">
-        <v>34</v>
+        <v>292</v>
       </c>
       <c r="E53" t="s">
+        <v>288</v>
+      </c>
+      <c r="F53" t="s">
+        <v>12</v>
+      </c>
+      <c r="G53" t="s">
         <v>293</v>
       </c>
-      <c r="F53" t="s">
-[...2 lines deleted...]
-      <c r="G53" t="s">
+      <c r="H53" t="s">
         <v>294</v>
-      </c>
-[...1 lines deleted...]
-        <v>295</v>
       </c>
     </row>
     <row r="54" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A54" t="s">
+        <v>295</v>
+      </c>
+      <c r="B54" t="s">
         <v>296</v>
       </c>
-      <c r="B54" t="s">
+      <c r="C54" t="s">
         <v>297</v>
       </c>
-      <c r="C54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D54" t="s">
-        <v>34</v>
+        <v>297</v>
       </c>
       <c r="E54" t="s">
         <v>298</v>
       </c>
       <c r="F54" t="s">
         <v>12</v>
       </c>
       <c r="G54" t="s">
         <v>299</v>
       </c>
       <c r="H54" t="s">
         <v>300</v>
       </c>
     </row>
     <row r="55" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A55" t="s">
         <v>301</v>
       </c>
       <c r="B55" t="s">
         <v>302</v>
       </c>
       <c r="C55" t="s">
         <v>303</v>
       </c>
       <c r="D55" t="s">
         <v>303</v>
       </c>
       <c r="E55" t="s">
         <v>304</v>
       </c>
       <c r="F55" t="s">
         <v>12</v>
       </c>
       <c r="G55" t="s">
         <v>305</v>
       </c>
       <c r="H55" t="s">
         <v>306</v>
       </c>
     </row>
     <row r="56" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A56" t="s">
         <v>307</v>
       </c>
       <c r="B56" t="s">
+        <v>33</v>
+      </c>
+      <c r="C56" t="s">
         <v>308</v>
       </c>
-      <c r="C56" t="s">
+      <c r="D56" t="s">
+        <v>308</v>
+      </c>
+      <c r="E56" t="s">
         <v>309</v>
       </c>
-      <c r="D56" t="s">
-[...2 lines deleted...]
-      <c r="E56" t="s">
+      <c r="F56" t="s">
+        <v>12</v>
+      </c>
+      <c r="G56" t="s">
         <v>310</v>
       </c>
-      <c r="F56" t="s">
-[...2 lines deleted...]
-      <c r="G56" t="s">
+      <c r="H56" t="s">
         <v>311</v>
-      </c>
-[...1 lines deleted...]
-        <v>312</v>
       </c>
     </row>
     <row r="57" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A57" t="s">
+        <v>312</v>
+      </c>
+      <c r="B57" t="s">
+        <v>33</v>
+      </c>
+      <c r="C57" t="s">
+        <v>144</v>
+      </c>
+      <c r="D57" t="s">
+        <v>144</v>
+      </c>
+      <c r="E57" t="s">
         <v>313</v>
       </c>
-      <c r="B57" t="s">
-[...2 lines deleted...]
-      <c r="C57" t="s">
+      <c r="F57" t="s">
+        <v>12</v>
+      </c>
+      <c r="G57" t="s">
         <v>314</v>
       </c>
-      <c r="D57" t="s">
-[...8 lines deleted...]
-      <c r="G57" t="s">
+      <c r="H57" t="s">
         <v>315</v>
-      </c>
-[...1 lines deleted...]
-        <v>316</v>
       </c>
     </row>
     <row r="58" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A58" t="s">
+        <v>316</v>
+      </c>
+      <c r="B58" t="s">
         <v>317</v>
       </c>
-      <c r="B58" t="s">
+      <c r="C58" t="s">
         <v>318</v>
       </c>
-      <c r="C58" t="s">
+      <c r="D58" t="s">
+        <v>318</v>
+      </c>
+      <c r="E58" t="s">
         <v>319</v>
       </c>
-      <c r="D58" t="s">
-[...2 lines deleted...]
-      <c r="E58" t="s">
+      <c r="F58" t="s">
+        <v>12</v>
+      </c>
+      <c r="G58" t="s">
         <v>320</v>
       </c>
-      <c r="F58" t="s">
-[...2 lines deleted...]
-      <c r="G58" t="s">
+      <c r="H58" t="s">
         <v>321</v>
-      </c>
-[...1 lines deleted...]
-        <v>322</v>
       </c>
     </row>
     <row r="59" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A59" t="s">
+        <v>322</v>
+      </c>
+      <c r="B59" t="s">
         <v>323</v>
       </c>
-      <c r="B59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59" t="s">
-        <v>270</v>
+        <v>324</v>
       </c>
       <c r="D59" t="s">
-        <v>270</v>
+        <v>324</v>
       </c>
       <c r="E59" t="s">
-        <v>324</v>
+        <v>11</v>
       </c>
       <c r="F59" t="s">
         <v>12</v>
       </c>
       <c r="G59" t="s">
         <v>325</v>
       </c>
       <c r="H59" t="s">
         <v>326</v>
       </c>
     </row>
     <row r="60" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A60" t="s">
         <v>327</v>
       </c>
       <c r="B60" t="s">
         <v>328</v>
       </c>
       <c r="C60" t="s">
         <v>329</v>
       </c>
       <c r="D60" t="s">
         <v>329</v>
       </c>
       <c r="E60" t="s">
         <v>330</v>
       </c>
       <c r="F60" t="s">
         <v>12</v>
       </c>
       <c r="G60" t="s">
         <v>331</v>
       </c>
       <c r="H60" t="s">
         <v>332</v>
       </c>
     </row>
     <row r="61" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A61" t="s">
         <v>333</v>
       </c>
       <c r="B61" t="s">
-        <v>328</v>
+        <v>334</v>
       </c>
       <c r="C61" t="s">
-        <v>334</v>
+        <v>144</v>
       </c>
       <c r="D61" t="s">
-        <v>334</v>
+        <v>144</v>
       </c>
       <c r="E61" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
       <c r="F61" t="s">
         <v>12</v>
       </c>
       <c r="G61" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="H61" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
     </row>
     <row r="62" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A62" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="B62" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="C62" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="D62" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="E62" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="F62" t="s">
         <v>12</v>
       </c>
       <c r="G62" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="H62" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
     </row>
     <row r="63" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A63" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="B63" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C63" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D63" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="E63" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="F63" t="s">
         <v>12</v>
       </c>
       <c r="G63" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="H63" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
     </row>
     <row r="64" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A64" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="B64" t="s">
-        <v>39</v>
+        <v>351</v>
       </c>
       <c r="C64" t="s">
-        <v>350</v>
+        <v>144</v>
       </c>
       <c r="D64" t="s">
-        <v>350</v>
+        <v>144</v>
       </c>
       <c r="E64" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="F64" t="s">
         <v>12</v>
       </c>
       <c r="G64" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H64" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
     </row>
     <row r="65" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A65" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B65" t="s">
-        <v>39</v>
+        <v>356</v>
       </c>
       <c r="C65" t="s">
-        <v>64</v>
+        <v>357</v>
       </c>
       <c r="D65" t="s">
-        <v>64</v>
+        <v>357</v>
       </c>
       <c r="E65" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="F65" t="s">
         <v>12</v>
       </c>
       <c r="G65" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="H65" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
     </row>
     <row r="66" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A66" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="B66" t="s">
-        <v>359</v>
+        <v>193</v>
       </c>
       <c r="C66" t="s">
-        <v>360</v>
+        <v>144</v>
       </c>
       <c r="D66" t="s">
-        <v>360</v>
+        <v>144</v>
       </c>
       <c r="E66" t="s">
-        <v>361</v>
+        <v>194</v>
       </c>
       <c r="F66" t="s">
         <v>12</v>
       </c>
       <c r="G66" t="s">
         <v>362</v>
       </c>
       <c r="H66" t="s">
         <v>363</v>
       </c>
     </row>
     <row r="67" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A67" t="s">
         <v>364</v>
       </c>
       <c r="B67" t="s">
-        <v>359</v>
+        <v>365</v>
       </c>
       <c r="C67" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="D67" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="E67" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="F67" t="s">
         <v>12</v>
       </c>
       <c r="G67" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="H67" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
     </row>
     <row r="68" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A68" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="B68" t="s">
-        <v>370</v>
+        <v>365</v>
       </c>
       <c r="C68" t="s">
         <v>371</v>
       </c>
       <c r="D68" t="s">
         <v>371</v>
       </c>
       <c r="E68" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="F68" t="s">
         <v>12</v>
       </c>
       <c r="G68" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="H68" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
     </row>
     <row r="69" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A69" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="B69" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="C69" t="s">
-        <v>376</v>
+        <v>144</v>
       </c>
       <c r="D69" t="s">
-        <v>376</v>
+        <v>144</v>
       </c>
       <c r="E69" t="s">
         <v>377</v>
       </c>
       <c r="F69" t="s">
         <v>12</v>
       </c>
       <c r="G69" t="s">
         <v>378</v>
       </c>
       <c r="H69" t="s">
         <v>379</v>
       </c>
     </row>
     <row r="70" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A70" t="s">
         <v>380</v>
       </c>
       <c r="B70" t="s">
         <v>381</v>
       </c>
       <c r="C70" t="s">
-        <v>64</v>
+        <v>382</v>
       </c>
       <c r="D70" t="s">
-        <v>64</v>
+        <v>382</v>
       </c>
       <c r="E70" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="F70" t="s">
         <v>12</v>
       </c>
       <c r="G70" t="s">
         <v>383</v>
       </c>
       <c r="H70" t="s">
         <v>384</v>
       </c>
     </row>
     <row r="71" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A71" t="s">
         <v>385</v>
       </c>
       <c r="B71" t="s">
         <v>386</v>
       </c>
       <c r="C71" t="s">
+        <v>144</v>
+      </c>
+      <c r="D71" t="s">
+        <v>144</v>
+      </c>
+      <c r="E71" t="s">
         <v>387</v>
       </c>
-      <c r="D71" t="s">
-[...2 lines deleted...]
-      <c r="E71" t="s">
+      <c r="F71" t="s">
+        <v>12</v>
+      </c>
+      <c r="G71" t="s">
         <v>388</v>
       </c>
-      <c r="F71" t="s">
-[...2 lines deleted...]
-      <c r="G71" t="s">
+      <c r="H71" t="s">
         <v>389</v>
-      </c>
-[...1 lines deleted...]
-        <v>390</v>
       </c>
     </row>
     <row r="72" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A72" t="s">
+        <v>390</v>
+      </c>
+      <c r="B72" t="s">
         <v>391</v>
       </c>
-      <c r="B72" t="s">
+      <c r="C72" t="s">
+        <v>144</v>
+      </c>
+      <c r="D72" t="s">
+        <v>144</v>
+      </c>
+      <c r="E72" t="s">
         <v>392</v>
       </c>
-      <c r="C72" t="s">
+      <c r="F72" t="s">
+        <v>12</v>
+      </c>
+      <c r="G72" t="s">
         <v>393</v>
       </c>
-      <c r="D72" t="s">
-[...2 lines deleted...]
-      <c r="E72" t="s">
+      <c r="H72" t="s">
         <v>394</v>
-      </c>
-[...7 lines deleted...]
-        <v>396</v>
       </c>
     </row>
     <row r="73" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A73" t="s">
+        <v>395</v>
+      </c>
+      <c r="B73" t="s">
+        <v>396</v>
+      </c>
+      <c r="C73" t="s">
+        <v>144</v>
+      </c>
+      <c r="D73" t="s">
+        <v>144</v>
+      </c>
+      <c r="E73" t="s">
         <v>397</v>
       </c>
-      <c r="B73" t="s">
+      <c r="F73" t="s">
+        <v>12</v>
+      </c>
+      <c r="G73" t="s">
         <v>398</v>
       </c>
-      <c r="C73" t="s">
-[...5 lines deleted...]
-      <c r="E73" t="s">
+      <c r="H73" t="s">
         <v>399</v>
-      </c>
-[...7 lines deleted...]
-        <v>401</v>
       </c>
     </row>
     <row r="74" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A74" t="s">
+        <v>400</v>
+      </c>
+      <c r="B74" t="s">
+        <v>401</v>
+      </c>
+      <c r="C74" t="s">
         <v>402</v>
       </c>
-      <c r="B74" t="s">
+      <c r="D74" t="s">
+        <v>402</v>
+      </c>
+      <c r="E74" t="s">
         <v>403</v>
       </c>
-      <c r="C74" t="s">
+      <c r="F74" t="s">
+        <v>12</v>
+      </c>
+      <c r="G74" t="s">
         <v>404</v>
       </c>
-      <c r="D74" t="s">
-[...2 lines deleted...]
-      <c r="E74" t="s">
+      <c r="H74" t="s">
         <v>405</v>
-      </c>
-[...7 lines deleted...]
-        <v>407</v>
       </c>
     </row>
     <row r="75" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A75" t="s">
+        <v>406</v>
+      </c>
+      <c r="B75" t="s">
+        <v>401</v>
+      </c>
+      <c r="C75" t="s">
+        <v>144</v>
+      </c>
+      <c r="D75" t="s">
+        <v>144</v>
+      </c>
+      <c r="E75" t="s">
+        <v>407</v>
+      </c>
+      <c r="F75" t="s">
+        <v>12</v>
+      </c>
+      <c r="G75" t="s">
         <v>408</v>
       </c>
-      <c r="B75" t="s">
+      <c r="H75" t="s">
         <v>409</v>
-      </c>
-[...16 lines deleted...]
-        <v>412</v>
       </c>
     </row>
     <row r="76" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A76" t="s">
+        <v>410</v>
+      </c>
+      <c r="B76" t="s">
+        <v>411</v>
+      </c>
+      <c r="C76" t="s">
+        <v>144</v>
+      </c>
+      <c r="D76" t="s">
+        <v>144</v>
+      </c>
+      <c r="E76" t="s">
+        <v>412</v>
+      </c>
+      <c r="F76" t="s">
+        <v>12</v>
+      </c>
+      <c r="G76" t="s">
         <v>413</v>
       </c>
-      <c r="B76" t="s">
-[...14 lines deleted...]
-      <c r="G76" t="s">
+      <c r="H76" t="s">
         <v>414</v>
-      </c>
-[...1 lines deleted...]
-        <v>415</v>
       </c>
     </row>
     <row r="77" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A77" t="s">
+        <v>415</v>
+      </c>
+      <c r="B77" t="s">
         <v>416</v>
       </c>
-      <c r="B77" t="s">
+      <c r="C77" t="s">
         <v>417</v>
       </c>
-      <c r="C77" t="s">
+      <c r="D77" t="s">
+        <v>417</v>
+      </c>
+      <c r="E77" t="s">
         <v>418</v>
       </c>
-      <c r="D77" t="s">
-[...2 lines deleted...]
-      <c r="E77" t="s">
+      <c r="F77" t="s">
+        <v>12</v>
+      </c>
+      <c r="G77" t="s">
         <v>419</v>
       </c>
-      <c r="F77" t="s">
-[...2 lines deleted...]
-      <c r="G77" t="s">
+      <c r="H77" t="s">
         <v>420</v>
-      </c>
-[...1 lines deleted...]
-        <v>421</v>
       </c>
     </row>
     <row r="78" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A78" t="s">
+        <v>421</v>
+      </c>
+      <c r="B78" t="s">
+        <v>401</v>
+      </c>
+      <c r="C78" t="s">
+        <v>28</v>
+      </c>
+      <c r="D78" t="s">
+        <v>28</v>
+      </c>
+      <c r="E78" t="s">
         <v>422</v>
       </c>
-      <c r="B78" t="s">
-[...2 lines deleted...]
-      <c r="C78" t="s">
+      <c r="F78" t="s">
+        <v>12</v>
+      </c>
+      <c r="G78" t="s">
         <v>423</v>
       </c>
-      <c r="D78" t="s">
-[...2 lines deleted...]
-      <c r="E78" t="s">
+      <c r="H78" t="s">
         <v>424</v>
-      </c>
-[...7 lines deleted...]
-        <v>426</v>
       </c>
     </row>
     <row r="79" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A79" t="s">
+        <v>425</v>
+      </c>
+      <c r="B79" t="s">
+        <v>426</v>
+      </c>
+      <c r="C79" t="s">
         <v>427</v>
       </c>
-      <c r="B79" t="s">
+      <c r="D79" t="s">
+        <v>427</v>
+      </c>
+      <c r="E79" t="s">
         <v>428</v>
       </c>
-      <c r="C79" t="s">
-[...5 lines deleted...]
-      <c r="E79" t="s">
+      <c r="F79" t="s">
+        <v>12</v>
+      </c>
+      <c r="G79" t="s">
         <v>429</v>
       </c>
-      <c r="F79" t="s">
-[...2 lines deleted...]
-      <c r="G79" t="s">
+      <c r="H79" t="s">
         <v>430</v>
-      </c>
-[...1 lines deleted...]
-        <v>431</v>
       </c>
     </row>
     <row r="80" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A80" t="s">
+        <v>431</v>
+      </c>
+      <c r="B80" t="s">
+        <v>201</v>
+      </c>
+      <c r="C80" t="s">
+        <v>144</v>
+      </c>
+      <c r="D80" t="s">
+        <v>144</v>
+      </c>
+      <c r="E80" t="s">
+        <v>202</v>
+      </c>
+      <c r="F80" t="s">
+        <v>12</v>
+      </c>
+      <c r="G80" t="s">
         <v>432</v>
       </c>
-      <c r="B80" t="s">
+      <c r="H80" t="s">
         <v>433</v>
-      </c>
-[...16 lines deleted...]
-        <v>436</v>
       </c>
     </row>
     <row r="81" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A81" t="s">
+        <v>434</v>
+      </c>
+      <c r="B81" t="s">
+        <v>435</v>
+      </c>
+      <c r="C81" t="s">
+        <v>144</v>
+      </c>
+      <c r="D81" t="s">
+        <v>144</v>
+      </c>
+      <c r="E81" t="s">
+        <v>436</v>
+      </c>
+      <c r="F81" t="s">
+        <v>12</v>
+      </c>
+      <c r="G81" t="s">
         <v>437</v>
       </c>
-      <c r="B81" t="s">
+      <c r="H81" t="s">
         <v>438</v>
-      </c>
-[...16 lines deleted...]
-        <v>441</v>
       </c>
     </row>
     <row r="82" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A82" t="s">
+        <v>439</v>
+      </c>
+      <c r="B82" t="s">
+        <v>440</v>
+      </c>
+      <c r="C82" t="s">
+        <v>441</v>
+      </c>
+      <c r="D82" t="s">
+        <v>441</v>
+      </c>
+      <c r="E82" t="s">
         <v>442</v>
       </c>
-      <c r="B82" t="s">
+      <c r="F82" t="s">
+        <v>12</v>
+      </c>
+      <c r="G82" t="s">
         <v>443</v>
       </c>
-      <c r="C82" t="s">
-[...5 lines deleted...]
-      <c r="E82" t="s">
+      <c r="H82" t="s">
         <v>444</v>
-      </c>
-[...7 lines deleted...]
-        <v>446</v>
       </c>
     </row>
     <row r="83" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A83" t="s">
+        <v>445</v>
+      </c>
+      <c r="B83" t="s">
+        <v>446</v>
+      </c>
+      <c r="C83" t="s">
+        <v>144</v>
+      </c>
+      <c r="D83" t="s">
+        <v>144</v>
+      </c>
+      <c r="E83" t="s">
         <v>447</v>
       </c>
-      <c r="B83" t="s">
+      <c r="F83" t="s">
+        <v>12</v>
+      </c>
+      <c r="G83" t="s">
         <v>448</v>
       </c>
-      <c r="C83" t="s">
-[...5 lines deleted...]
-      <c r="E83" t="s">
+      <c r="H83" t="s">
         <v>449</v>
-      </c>
-[...7 lines deleted...]
-        <v>451</v>
       </c>
     </row>
     <row r="84" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A84" t="s">
+        <v>450</v>
+      </c>
+      <c r="B84" t="s">
+        <v>451</v>
+      </c>
+      <c r="C84" t="s">
+        <v>144</v>
+      </c>
+      <c r="D84" t="s">
+        <v>144</v>
+      </c>
+      <c r="E84" t="s">
         <v>452</v>
       </c>
-      <c r="B84" t="s">
+      <c r="F84" t="s">
+        <v>12</v>
+      </c>
+      <c r="G84" t="s">
         <v>453</v>
       </c>
-      <c r="C84" t="s">
+      <c r="H84" t="s">
         <v>454</v>
-      </c>
-[...13 lines deleted...]
-        <v>457</v>
       </c>
     </row>
     <row r="85" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A85" t="s">
+        <v>455</v>
+      </c>
+      <c r="B85" t="s">
+        <v>456</v>
+      </c>
+      <c r="C85" t="s">
+        <v>144</v>
+      </c>
+      <c r="D85" t="s">
+        <v>144</v>
+      </c>
+      <c r="E85" t="s">
+        <v>457</v>
+      </c>
+      <c r="F85" t="s">
+        <v>12</v>
+      </c>
+      <c r="G85" t="s">
         <v>458</v>
       </c>
-      <c r="B85" t="s">
-[...8 lines deleted...]
-      <c r="E85" t="s">
+      <c r="H85" t="s">
         <v>459</v>
-      </c>
-[...7 lines deleted...]
-        <v>461</v>
       </c>
     </row>
     <row r="86" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A86" t="s">
+        <v>460</v>
+      </c>
+      <c r="B86" t="s">
+        <v>461</v>
+      </c>
+      <c r="C86" t="s">
+        <v>144</v>
+      </c>
+      <c r="D86" t="s">
+        <v>144</v>
+      </c>
+      <c r="E86" t="s">
         <v>462</v>
       </c>
-      <c r="B86" t="s">
+      <c r="F86" t="s">
+        <v>12</v>
+      </c>
+      <c r="G86" t="s">
         <v>463</v>
       </c>
-      <c r="C86" t="s">
-[...5 lines deleted...]
-      <c r="E86" t="s">
+      <c r="H86" t="s">
         <v>464</v>
-      </c>
-[...7 lines deleted...]
-        <v>466</v>
       </c>
     </row>
     <row r="87" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A87" t="s">
+        <v>465</v>
+      </c>
+      <c r="B87" t="s">
+        <v>466</v>
+      </c>
+      <c r="C87" t="s">
         <v>467</v>
       </c>
-      <c r="B87" t="s">
+      <c r="D87" t="s">
+        <v>467</v>
+      </c>
+      <c r="E87" t="s">
         <v>468</v>
       </c>
-      <c r="C87" t="s">
+      <c r="F87" t="s">
+        <v>12</v>
+      </c>
+      <c r="G87" t="s">
         <v>469</v>
       </c>
-      <c r="D87" t="s">
-[...2 lines deleted...]
-      <c r="E87" t="s">
+      <c r="H87" t="s">
         <v>470</v>
-      </c>
-[...7 lines deleted...]
-        <v>472</v>
       </c>
     </row>
     <row r="88" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A88" t="s">
+        <v>471</v>
+      </c>
+      <c r="B88" t="s">
+        <v>472</v>
+      </c>
+      <c r="C88" t="s">
+        <v>144</v>
+      </c>
+      <c r="D88" t="s">
+        <v>144</v>
+      </c>
+      <c r="E88" t="s">
         <v>473</v>
       </c>
-      <c r="B88" t="s">
-[...8 lines deleted...]
-      <c r="E88" t="s">
+      <c r="F88" t="s">
+        <v>12</v>
+      </c>
+      <c r="G88" t="s">
         <v>474</v>
       </c>
-      <c r="F88" t="s">
-[...2 lines deleted...]
-      <c r="G88" t="s">
+      <c r="H88" t="s">
         <v>475</v>
-      </c>
-[...1 lines deleted...]
-        <v>476</v>
       </c>
     </row>
     <row r="89" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A89" t="s">
+        <v>476</v>
+      </c>
+      <c r="B89" t="s">
         <v>477</v>
       </c>
-      <c r="B89" t="s">
+      <c r="C89" t="s">
         <v>478</v>
       </c>
-      <c r="C89" t="s">
+      <c r="D89" t="s">
+        <v>478</v>
+      </c>
+      <c r="E89" t="s">
         <v>479</v>
       </c>
-      <c r="D89" t="s">
-[...2 lines deleted...]
-      <c r="E89" t="s">
+      <c r="F89" t="s">
+        <v>12</v>
+      </c>
+      <c r="G89" t="s">
         <v>480</v>
       </c>
-      <c r="F89" t="s">
-[...2 lines deleted...]
-      <c r="G89" t="s">
+      <c r="H89" t="s">
         <v>481</v>
-      </c>
-[...261 lines deleted...]
-        <v>533</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">